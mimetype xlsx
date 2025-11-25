--- v0 (2025-10-16)
+++ v1 (2025-11-25)
@@ -1,92 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" mc:Ignorable="x15 xr xr6 xr10">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20391"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="W:\Communications\Communications General Info\2022\2022 websites\2022 wcbsask\CR 7842 - Contractor Reporting\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="W:\Communications\Communications General Info\2022\2022 communication plans\2022 EPS\2022 EPS contractor template and how-to document\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{209CE6D5-12AB-425E-84B5-0E499DD0089B}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{40A2F089-A4C7-428D-8E5B-EFC59DFB268F}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="13725" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="13725"/>
   </bookViews>
   <sheets>
     <sheet name="22-10_CR7842_ES_WCB contractor " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7" uniqueCount="7">
   <si>
     <t>WCB firm number</t>
   </si>
   <si>
     <t>Contractor name</t>
   </si>
   <si>
     <t>Contractor address</t>
   </si>
   <si>
     <t>Description of work performed</t>
   </si>
   <si>
     <t>Contract amount</t>
   </si>
   <si>
     <t>Amount for labour</t>
   </si>
   <si>
     <t>Labour type</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
@@ -880,55 +880,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:G1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="E10" sqref="E10"/>
+      <selection sqref="A1:G1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="17.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="11.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>