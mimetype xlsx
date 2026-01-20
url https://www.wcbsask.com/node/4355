--- v1 (2025-11-25)
+++ v2 (2026-01-20)
@@ -1,224 +1,221 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" mc:Ignorable="x15 xr xr6 xr10">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="166925"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="W:\Communications\Communications General Info\2022\2022 communication plans\2022 EPS\2022 EPS contractor template and how-to document\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="W:\Communications\2025\2025 websites\2025 WCB (wcbsask)\CR 13633 - Upload new contractor's reporting template\Web ready\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{40A2F089-A4C7-428D-8E5B-EFC59DFB268F}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{134AD3D9-9377-449F-822B-6D3718FD2AAE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="13725"/>
+    <workbookView xWindow="31680" yWindow="840" windowWidth="25875" windowHeight="14175" xr2:uid="{9B0AAE14-0757-468F-A62D-78DE4FBC31A4}"/>
   </bookViews>
   <sheets>
-    <sheet name="22-10_CR7842_ES_WCB contractor " sheetId="1" r:id="rId1"/>
+    <sheet name="Contractor reporting template" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7" uniqueCount="7">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6" uniqueCount="6">
   <si>
-    <t>WCB firm number</t>
+    <t>Policy number</t>
+  </si>
+  <si>
+    <t>Customer business number</t>
   </si>
   <si>
     <t>Contractor name</t>
   </si>
   <si>
-    <t>Contractor address</t>
+    <t>Total contract amount</t>
   </si>
   <si>
-    <t>Description of work performed</t>
+    <t>Description of work</t>
   </si>
   <si>
-    <t>Contract amount</t>
-[...5 lines deleted...]
-    <t>Labour type</t>
+    <t>Exact labour amount, if known</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
-      <name val="Calibri Light"/>
+      <name val="Aptos Display"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <color theme="3"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="3"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF006100"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF9C0006"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF9C5700"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF3F3F76"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF3F3F3F"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFA7D00"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFA7D00"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FF7F7F7F"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="33">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
       </patternFill>
@@ -595,83 +592,83 @@
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -679,51 +676,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -790,65 +787,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -869,117 +866,133 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:G1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{36314510-21A7-4817-8FE2-D038718772E4}">
+  <dimension ref="A1:F1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection sqref="A1:G1"/>
+      <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="16.85546875" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="11.42578125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="25.42578125" customWidth="1"/>
+    <col min="2" max="2" width="37.42578125" customWidth="1"/>
+    <col min="3" max="3" width="24.140625" customWidth="1"/>
+    <col min="4" max="4" width="21.85546875" customWidth="1"/>
+    <col min="5" max="5" width="27.42578125" customWidth="1"/>
+    <col min="6" max="6" width="30.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>22-10_CR7842_ES_WCB contractor </vt:lpstr>
+      <vt:lpstr>Contractor reporting template</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Lisa Goudy</dc:creator>
+  <dc:creator>Brett Bell</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>